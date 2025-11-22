--- v0 (2025-10-01)
+++ v1 (2025-11-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="128">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="324" uniqueCount="151">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
@@ -403,50 +403,119 @@
     <t>1710</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE PRESTAÇÃO DE SERVIÇO DE APRESENTAÇÃO ARTÍSTICA E OFICINAS INTERATIVAS, INTEGRANDO A SOLENIDADE DE INAUGURAÇÃO DO NOVO CENTRO ADMINISTRATIVO DA CÂMARA MUNICIPAL DE SANTA RITA DO SAPUCAÍ, DENOMINADO “ANEXO ADMINISTRATIVO VEREADOR DR. JOSÉ DE ALENCAR SOUZA VIANA”</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NA PRESTAÇÃO DE SERVIÇOS DE LOCAÇÃO DE PALCO E SISTEMA DE ILUMINAÇÃO E SOM – INCLUSO O SERVIÇO DE MONTAGEM E DESMONTAGEM- MENOR PREÇO GLOBAL</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM LOCAÇÃO DE BRINQUEDOS INFLÁVEIS, PINTURA FACIAL, RECREAÇÃO E CARRINHO  DE ALGODÃO DOCE E PIPOCA</t>
+  </si>
+  <si>
+    <t>1731</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 01 GELADEIRA DUPLEX POR ADESÃO A ATA DE REGISTRO DE PREÇOS Nº 347/2025, PROCESSO LICITATÓRIO Nº 162/2025 E PREGÃO ELETRÔ-NICO 047/2025, GERENCIADO PELA PREFEITURA MUNICIPAL DE PARAISOPOLIS.</t>
+  </si>
+  <si>
+    <t>1729</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE CAMISETAS PERSONALIZADAS PARA A SOLENIDADE DE INAUGURAÇÃO DO ANEXO ADMINISTRATIVO DO LEGISLATIVO MUNICIPAL</t>
+  </si>
+  <si>
+    <t>1735</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>1768</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 02 (DOIS) PURIFICADORES COM AGUA GELADA POR ADESÃO A ATA  59/2025, Nº PROCESSO LICITATÓRIO Nº. 042/2025 E Nº PREGÃO ELETRÔNICO Nº. 06/2025 DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE DA MACRO REGIÃO DO SUL DE MINAS-CISSUL/SAMU</t>
+  </si>
+  <si>
+    <t>1770</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE 01 (um) VEÍCULO PICK UP CABINE DUPLA 0 KM, marca/modelo Re-nault Oroch por adesão à ATA DE REGISTRO DE PREÇO nº 092/2024, PROCESSO LICITA-TÓRIO 054/2024, PREGÃO ELETRÔNICO Nº 013/2024, realizado pelo CONSORCIO IN-TERMUNICIPAL MULTIFINALITÁRIO PARA O DESENVOLVIMENTO AMBIENTAL SUSTENTAVEL DO NORTE DE MINAS - CODANORTE</t>
+  </si>
+  <si>
+    <t>1802</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE ASSI-NATURA DE FERRAMENTA DE PESQUISA E COMPARAÇÃO DE PREÇOS PRA-TICADOS PELA ADMINISTRAÇÃO PÚBLICA.</t>
+  </si>
+  <si>
+    <t>1813</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>AVISO DE INTENÇÃO DE CONTRATAÇÃO DIRETA PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA EM SERVIÇO DE DECORAÇÃO, MONTAGEM, ORNAMENTAÇÃO PARA A SESSÃO SOLENE PARA OUTORGA DE MEDALHA DR DELFIM MOREIRA.</t>
+  </si>
+  <si>
+    <t>1820</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>AQUISIÇÃO DE PRODUTOS DE LIMPEZA, HIGIENE E DESCARTÁVEIS VISANDO A MANUTENÇÃO DAS ATIVIDADES DA CÂMARA MUNICIPAL.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -738,51 +807,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F46"/>
+  <dimension ref="A1:F54"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="37.140625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -1669,50 +1738,210 @@
       <c r="E45" t="s">
         <v>10</v>
       </c>
       <c r="F45" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" t="s">
         <v>125</v>
       </c>
       <c r="B46" t="s">
         <v>58</v>
       </c>
       <c r="C46" t="s">
         <v>126</v>
       </c>
       <c r="D46" t="s">
         <v>9</v>
       </c>
       <c r="E46" t="s">
         <v>10</v>
       </c>
       <c r="F46" t="s">
         <v>127</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>128</v>
+      </c>
+      <c r="B47" t="s">
+        <v>58</v>
+      </c>
+      <c r="C47" t="s">
+        <v>129</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>131</v>
+      </c>
+      <c r="B48" t="s">
+        <v>58</v>
+      </c>
+      <c r="C48" t="s">
+        <v>132</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>134</v>
+      </c>
+      <c r="B49" t="s">
+        <v>58</v>
+      </c>
+      <c r="C49" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>136</v>
+      </c>
+      <c r="B50" t="s">
+        <v>58</v>
+      </c>
+      <c r="C50" t="s">
+        <v>137</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>139</v>
+      </c>
+      <c r="B51" t="s">
+        <v>58</v>
+      </c>
+      <c r="C51" t="s">
+        <v>140</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>142</v>
+      </c>
+      <c r="B52" t="s">
+        <v>58</v>
+      </c>
+      <c r="C52" t="s">
+        <v>143</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>145</v>
+      </c>
+      <c r="B53" t="s">
+        <v>58</v>
+      </c>
+      <c r="C53" t="s">
+        <v>146</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>148</v>
+      </c>
+      <c r="B54" t="s">
+        <v>58</v>
+      </c>
+      <c r="C54" t="s">
+        <v>149</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" t="s">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>